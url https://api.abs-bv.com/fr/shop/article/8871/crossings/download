--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -72,4933 +72,4993 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B407"/>
+  <dimension ref="A1:B412"/>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Fournisseur</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Référence</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>1H0609527</t>
+          <t>6Y0 609 525B</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>1H0609527D</t>
+          <t>6Y0 609 526A</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>1H0609528</t>
+          <t>6Y0 609 526B</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:2" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>1H0609528D</t>
+          <t>6Y0 609 527A</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:2" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>1H0698071</t>
+          <t>6Y0 609 527B</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>1H0698520X</t>
+          <t>6Y0 609 528A</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:2" customHeight="0">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>1H0698525V</t>
+          <t>6Y0 609 528B</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525</t>
+          <t>6Y0 698 001</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="0">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525A</t>
+          <t>811 609 526E</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="0">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525B</t>
+          <t>1H0609525</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="0">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>6R0698525A</t>
+          <t>1H0609525D</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:2" customHeight="0">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>6R0698525AX</t>
+          <t>1H0609526</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="0">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>6Y0609525B</t>
+          <t>1H0609526D</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="0">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>6Y0609526B</t>
+          <t>1H0609527</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="0">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>6Y0609527B</t>
+          <t>1H0609527D</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>6Y0609528B</t>
+          <t>1H0609528</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>007.440.071A</t>
+          <t>1H0609528D</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>007.440.077A</t>
+          <t>1H0698071</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:2" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>115.331.140</t>
+          <t>1H0698520X</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>115331141</t>
+          <t>1H0698525X</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>115331142</t>
+          <t>357609528</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>115331143</t>
+          <t>357698525V</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>115331144</t>
+          <t>431609525</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525</t>
+          <t>431609526</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525A</t>
+          <t>431609527</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525B</t>
+          <t>431609527A</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>6R0698525A</t>
+          <t>431609527E</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>6R0698525AX</t>
+          <t>431609528</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>6RU698525</t>
+          <t>431609528A</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>6U0.698.451</t>
+          <t>431609528E</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>6U0.698.525A</t>
+          <t>431698525X</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>6U0698525</t>
+          <t>443609526A</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>6U0698525AV</t>
+          <t>443609527A</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>6U0698525AX</t>
+          <t>443609528A</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>6Y0.698.525</t>
+          <t>443698525BX</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:2" customHeight="0">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>6Y0609525A</t>
+          <t>6Q0609525A</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>6Y0609526A</t>
+          <t>6Q0609526A</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>6Y0609527A</t>
+          <t>6Q0609527A</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>6Y0609528A</t>
+          <t>6Q0609528A</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>6Y0698001</t>
+          <t>811609526E</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:2" customHeight="0">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>1H0609525</t>
+          <t>811698071</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="0">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>1H0609525D</t>
+          <t>007440071A</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:2" customHeight="0">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>1H0609526</t>
+          <t>007440077A</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:2" customHeight="0">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>1H0609526D</t>
+          <t>1H0.698.525X</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:2" customHeight="0">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>1H0609527</t>
+          <t>1H0609525</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="0">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>1H0609527D</t>
+          <t>1H0609525D</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="0">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>1H0609528</t>
+          <t>1H0609526</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:2" customHeight="0">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>1H0609528D</t>
+          <t>1H0609526D</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:2" customHeight="0">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>1H0698071</t>
+          <t>1H0609527</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="0">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>1H0698520V</t>
+          <t>1H0609527D</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="0">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>1H0698520X</t>
+          <t>1H0609528</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>1H0698525V</t>
+          <t>1H0609528D</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>1H0698525X</t>
+          <t>1H0698071</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="0">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>357698525X</t>
+          <t>1H0698520X</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="0">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>443698525AX</t>
+          <t>1H0698525V</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:2" customHeight="0">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>443698525BV</t>
+          <t>6Q0698525</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:2" customHeight="0">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>443698525BX</t>
+          <t>6Q0698525A</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:2" customHeight="0">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>5Z0698525</t>
+          <t>6Q0698525B</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:2" customHeight="0">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525</t>
+          <t>6R0698525A</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:2" customHeight="0">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525A</t>
+          <t>6R0698525AX</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:2" customHeight="0">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>6Q0698525B</t>
+          <t>6Y0609525B</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:2" customHeight="0">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>6R0698525A</t>
+          <t>6Y0609526B</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:2" customHeight="0">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>6R0698525AX</t>
+          <t>6Y0609527B</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:2" customHeight="0">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>CHERY</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>A113502170</t>
+          <t>6Y0609528B</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:2" customHeight="0">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>6U0698525</t>
+          <t>007.440.071A</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:2" customHeight="0">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>6U0698525A</t>
+          <t>007.440.077A</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:2" customHeight="0">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>6U0698525AV</t>
+          <t>115.331.140</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:2" customHeight="0">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>6U0698525AX</t>
+          <t>115331141</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:2" customHeight="0">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>811609526E</t>
+          <t>115331142</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:2" customHeight="0">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>811698071</t>
+          <t>115331143</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:2" customHeight="0">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>007 440 071A</t>
+          <t>115331144</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:2" customHeight="0">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>007 440 077A</t>
+          <t>6Q0698525</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:2" customHeight="0">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 525</t>
+          <t>6Q0698525A</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="0">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 525D</t>
+          <t>6Q0698525B</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="0">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 526</t>
+          <t>6R0698525A</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:2" customHeight="0">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 526D</t>
+          <t>6R0698525AX</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:2" customHeight="0">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 527</t>
+          <t>6RU698525</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="0">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 527D</t>
+          <t>6U0.698.451</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="0">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 528</t>
+          <t>6U0.698.525A</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:2" customHeight="0">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>1H0 609 528D</t>
+          <t>6U0698525</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:2" customHeight="0">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>1H0 698 071</t>
+          <t>6U0698525AV</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="0">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>1H0 698 520V</t>
+          <t>6U0698525AX</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:2" customHeight="0">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>1H0 698 520X</t>
+          <t>6Y0.698.525</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:2" customHeight="0">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>1H0 698 525V</t>
+          <t>6Y0609525A</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:2" customHeight="0">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>1H0 698 525X</t>
+          <t>6Y0609526A</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:2" customHeight="0">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>357 609 528</t>
+          <t>6Y0609527A</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:2" customHeight="0">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>357 698 525V</t>
+          <t>6Y0609528A</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:2" customHeight="0">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>357 698 525X</t>
+          <t>6Y0698001</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:2" customHeight="0">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>431 609 525</t>
+          <t>1H0609525</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:2" customHeight="0">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>431 609 526</t>
+          <t>1H0609525D</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:2" customHeight="0">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>431 609 527</t>
+          <t>1H0609526</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:2" customHeight="0">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>431 609 527A</t>
+          <t>1H0609526D</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:2" customHeight="0">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>431 609 527E</t>
+          <t>1H0609527</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:2" customHeight="0">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>431 609 528</t>
+          <t>1H0609527D</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:2" customHeight="0">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>431 609 528A</t>
+          <t>1H0609528</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:2" customHeight="0">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>431 609 528E</t>
+          <t>1H0609528D</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:2" customHeight="0">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>431 698 525X</t>
+          <t>1H0698071</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:2" customHeight="0">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>443 609 526A</t>
+          <t>1H0698520V</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:2" customHeight="0">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>443 609 527A</t>
+          <t>1H0698520X</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:2" customHeight="0">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>443 609 528A</t>
+          <t>1H0698525V</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:2" customHeight="0">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>443 698 525BV</t>
+          <t>1H0698525X</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:2" customHeight="0">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>443 698 525BX</t>
+          <t>357698525X</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:2" customHeight="0">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>6Q0 609 525A</t>
+          <t>443698525AX</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:2" customHeight="0">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>6Q0 609 526A</t>
+          <t>443698525BV</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:2" customHeight="0">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>6Q0 609 527A</t>
+          <t>443698525BX</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:2" customHeight="0">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>6Q0 609 528A</t>
+          <t>5Z0698525</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:2" customHeight="0">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>6Q0 698 525</t>
+          <t>6Q0698525</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:2" customHeight="0">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>6Q0 698 525A</t>
+          <t>6Q0698525A</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:2" customHeight="0">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>6Q0 698 525B</t>
+          <t>6Q0698525B</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:2" customHeight="0">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>6R0 698 525A</t>
+          <t>6R0698525A</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:2" customHeight="0">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>6R0 698 525AX</t>
+          <t>6R0698525AX</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:2" customHeight="0">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>6U0 698 451</t>
+          <t>6U0698525</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:2" customHeight="0">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>6U0 698 525</t>
+          <t>6U0698525A</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:2" customHeight="0">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>6U0 698 525A</t>
+          <t>6U0698525AV</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:2" customHeight="0">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>6U0 698 525AV</t>
+          <t>6U0698525AX</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:2" customHeight="0">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>6U0 698 525AX</t>
+          <t>811609526E</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:2" customHeight="0">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>6Y0  69 8 525</t>
+          <t>811698071</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:2" customHeight="0">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>CHERY</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 525A</t>
+          <t>A113502170</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:2" customHeight="0">
       <c r="A120" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 525B</t>
+          <t>007 440 071A</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:2" customHeight="0">
       <c r="A121" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 526A</t>
+          <t>007 440 077A</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:2" customHeight="0">
       <c r="A122" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 526B</t>
+          <t>1H0 609 525</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:2" customHeight="0">
       <c r="A123" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 527A</t>
+          <t>1H0 609 525D</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:2" customHeight="0">
       <c r="A124" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 527B</t>
+          <t>1H0 609 526</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:2" customHeight="0">
       <c r="A125" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 528A</t>
+          <t>1H0 609 526D</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:2" customHeight="0">
       <c r="A126" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>6Y0 609 528B</t>
+          <t>1H0 609 527</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:2" customHeight="0">
       <c r="A127" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>6Y0 698 001</t>
+          <t>1H0 609 527D</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:2" customHeight="0">
       <c r="A128" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>811 609 526E</t>
+          <t>1H0 609 528</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:2" customHeight="0">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>1H0609525</t>
+          <t>1H0 609 528D</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:2" customHeight="0">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>1H0609525D</t>
+          <t>1H0 698 071</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:2" customHeight="0">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>1H0609526</t>
+          <t>1H0 698 520V</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:2" customHeight="0">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>1H0609526D</t>
+          <t>1H0 698 520X</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:2" customHeight="0">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>1H0609527</t>
+          <t>1H0 698 525V</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:2" customHeight="0">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>1H0609527D</t>
+          <t>1H0 698 525X</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:2" customHeight="0">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>1H0609528</t>
+          <t>357 609 528</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:2" customHeight="0">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>1H0609528D</t>
+          <t>357 698 525V</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:2" customHeight="0">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>1H0698071</t>
+          <t>357 698 525X</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:2" customHeight="0">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>1H0698520X</t>
+          <t>431 609 525</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:2" customHeight="0">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>1H0698525X</t>
+          <t>431 609 526</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:2" customHeight="0">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>357609528</t>
+          <t>431 609 527</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:2" customHeight="0">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>357698525V</t>
+          <t>431 609 527A</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:2" customHeight="0">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>431609525</t>
+          <t>431 609 527E</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:2" customHeight="0">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>431609526</t>
+          <t>431 609 528</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:2" customHeight="0">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>431609527</t>
+          <t>431 609 528A</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:2" customHeight="0">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>431609527A</t>
+          <t>431 609 528E</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:2" customHeight="0">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>431609527E</t>
+          <t>431 698 525X</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:2" customHeight="0">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>431609528</t>
+          <t>443 609 526A</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:2" customHeight="0">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>431609528A</t>
+          <t>443 609 527A</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:2" customHeight="0">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>431609528E</t>
+          <t>443 609 528A</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:2" customHeight="0">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>431698525X</t>
+          <t>443 698 525BV</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:2" customHeight="0">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>443609526A</t>
+          <t>443 698 525BX</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:2" customHeight="0">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>443609527A</t>
+          <t>6Q0 609 525A</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:2" customHeight="0">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>443609528A</t>
+          <t>6Q0 609 526A</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:2" customHeight="0">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>443698525BX</t>
+          <t>6Q0 609 527A</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:2" customHeight="0">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>6Q0609525A</t>
+          <t>6Q0 609 528A</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:2" customHeight="0">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>6Q0609526A</t>
+          <t>6Q0 698 525</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:2" customHeight="0">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>6Q0609527A</t>
+          <t>6Q0 698 525A</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:2" customHeight="0">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>6Q0609528A</t>
+          <t>6Q0 698 525B</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:2" customHeight="0">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>811609526E</t>
+          <t>6R0 698 525A</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:2" customHeight="0">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>811698071</t>
+          <t>6R0 698 525AX</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:2" customHeight="0">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>007440071A</t>
+          <t>6U0 698 451</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:2" customHeight="0">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>007440077A</t>
+          <t>6U0 698 525</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:2" customHeight="0">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>1H0.698.525X</t>
+          <t>6U0 698 525A</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:2" customHeight="0">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>1H0609525</t>
+          <t>6U0 698 525AV</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:2" customHeight="0">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>1H0609525D</t>
+          <t>6U0 698 525AX</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:2" customHeight="0">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>1H0609526</t>
+          <t>6Y0  69 8 525</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:2" customHeight="0">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>1H0609526D</t>
+          <t>6Y0 609 525A</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:2" customHeight="0">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>4046.01</t>
+          <t>8DB 355 001-311</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:2" customHeight="0">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>4198.00</t>
+          <t>8DB 355 003-531</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:2" customHeight="0">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>4607.00</t>
+          <t>8DB 355 003-571</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:2" customHeight="0">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>SPK 3046.04</t>
+          <t>8DB 355 004-041</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:2" customHeight="0">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>GF-0906AF</t>
+          <t>8DB 355 004-051</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:2" customHeight="0">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>GF-0910AF</t>
+          <t>8DB 355 004-151</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:2" customHeight="0">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>GF0906JM</t>
+          <t>8DB 355 004-961</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:2" customHeight="0">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>GF0907JM</t>
+          <t>8DB 355 004-981</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:2" customHeight="0">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>GF0910JM</t>
+          <t>8DB 355 005-021</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:2" customHeight="0">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>79KT0003 C</t>
+          <t>8DB 355 022-711</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:2" customHeight="0">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>79KT0105 C</t>
+          <t>8DB 355 038-141</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:2" customHeight="0">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>79KT0106 C</t>
+          <t>03.0137-0268.2</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:2" customHeight="0">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>HP 1586</t>
+          <t>650268</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:2" customHeight="0">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>PAGID</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>HP1586A</t>
+          <t>H8720</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:2" customHeight="0">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>PAGID</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>HP1851</t>
+          <t>Q0765</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:2" customHeight="0">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>PAGID</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>NS4001</t>
+          <t>Q1202</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:2" customHeight="0">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>BARUM</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>BAE5001</t>
+          <t>562080</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:2" customHeight="0">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>00150</t>
+          <t>562769</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:2" customHeight="0">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>01195</t>
+          <t>0 986 487 270</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:2" customHeight="0">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>05730</t>
+          <t>487 270M</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:2" customHeight="0">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>LEMFORDER</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>06830</t>
+          <t>13752</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:2" customHeight="0">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>LEMFORDER</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>124.284</t>
+          <t>13754 01</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:2" customHeight="0">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>LEMFORDER</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>253.741</t>
+          <t>14374 01</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:2" customHeight="0">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>6143</t>
+          <t>83018300</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:2" customHeight="0">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>KAVO PARTS</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>KBS-10002</t>
+          <t>83044701</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:2" customHeight="0">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>9038</t>
+          <t>83044704</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:2" customHeight="0">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>SH1092</t>
+          <t>84044700</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:2" customHeight="0">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>SH1113</t>
+          <t>84044701</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:2" customHeight="0">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>BSH1004</t>
+          <t>84044702</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:2" customHeight="0">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>SHU 301</t>
+          <t>84044703</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:2" customHeight="0">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>SHU 480</t>
+          <t>84044705</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:2" customHeight="0">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>JP GROUP</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>1163900210</t>
+          <t>84044707</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:2" customHeight="0">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>00150</t>
+          <t>84044708</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:2" customHeight="0">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>01195</t>
+          <t>84044710</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:2" customHeight="0">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>05730</t>
+          <t>91044700</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:2" customHeight="0">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>06830</t>
+          <t>98101 0447 0 4</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:2" customHeight="0">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>JURID</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>105-0053</t>
+          <t>361175J</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:2" customHeight="0">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>JURID</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>OEK301</t>
+          <t>361578J</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:2" customHeight="0">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>BENDIX</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>1016.020</t>
+          <t>361578B</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:2" customHeight="0">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>1124.284</t>
+          <t>360219192088</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:2" customHeight="0">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>124284</t>
+          <t>360219196317</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:2" customHeight="0">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>1253.741</t>
+          <t>360219196625</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:2" customHeight="0">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>16143</t>
+          <t>363606122230</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:2" customHeight="0">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>253.741</t>
+          <t>363608322230</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:2" customHeight="0">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>103 075</t>
+          <t>363610522230</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:2" customHeight="0">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>110 296</t>
+          <t>363610622230</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:2" customHeight="0">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>151-109</t>
+          <t>363611422230</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:2" customHeight="0">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>153-008</t>
+          <t>363611822230</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:2" customHeight="0">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>153-468</t>
+          <t>MFR373</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:2" customHeight="0">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>153-741</t>
+          <t>MSK153</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:2" customHeight="0">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>SPK 3046.04</t>
+          <t>MSK196</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:2" customHeight="0">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Z4046.01</t>
+          <t>MSK282</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:2" customHeight="0">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Z4198.00</t>
+          <t>MSK287</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:2" customHeight="0">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Z4607.00</t>
+          <t>MSP106</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:2" customHeight="0">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>VILLAR</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>629.0504</t>
+          <t>MSP117</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:2" customHeight="0">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>VILLAR</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>629.0615</t>
+          <t>MSP121</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:2" customHeight="0">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>SAMKO</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>84100</t>
+          <t>MSP153</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:2" customHeight="0">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>7270RP</t>
+          <t>MSP252</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:2" customHeight="0">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>RA20150</t>
+          <t>MSP279</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:2" customHeight="0">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>RA24100</t>
+          <t>MSP315</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:2" customHeight="0">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>RA26830</t>
+          <t>MSP323</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:2" customHeight="0">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>RA31130</t>
+          <t>MSP422</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:2" customHeight="0">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>MOPROD</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>ADBP410028</t>
+          <t>MBS 549</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:2" customHeight="0">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>03013702682-SET-MS</t>
+          <t>BS 836</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:2" customHeight="0">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>19-0236</t>
+          <t>BS601K3</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:2" customHeight="0">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>19-5646KIT</t>
+          <t>BS601K5</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:2" customHeight="0">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>AD</t>
+          <t>FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>MG981</t>
+          <t>07013</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:2" customHeight="0">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>STOP</t>
+          <t>FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>361260S</t>
+          <t>37547</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:2" customHeight="0">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>VBS473</t>
+          <t>GS8298</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:2" customHeight="0">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>84410</t>
+          <t>GS8526</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:2" customHeight="0">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>84573</t>
+          <t>K 85 019</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:2" customHeight="0">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>84683</t>
+          <t>S 85 509</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:2" customHeight="0">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>84685</t>
+          <t>S 85 511</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:2" customHeight="0">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>550906</t>
+          <t>S 85 513</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:2" customHeight="0">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>550907</t>
+          <t>S 85 544</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:2" customHeight="0">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>550910</t>
+          <t>S 85 547</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:2" customHeight="0">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>JQ202007</t>
+          <t>S85540N</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:2" customHeight="0">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>JQ213003</t>
+          <t>FSB408</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:2" customHeight="0">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>JQ213006</t>
+          <t>FSB408-D</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:2" customHeight="0">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>B120088</t>
+          <t>FSB4182</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:2" customHeight="0">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>B120160</t>
+          <t>FSB863</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:2" customHeight="0">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>C0W009ABE</t>
+          <t>10990.100.3</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:2" customHeight="0">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>JURATEK</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>JBS1002</t>
+          <t>10990.101.1</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:2" customHeight="0">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>WAGNER</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>Z662</t>
+          <t>20990.105.2</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:2" customHeight="0">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>BNXBXK1057</t>
+          <t>20990.106.0</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:2" customHeight="0">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>BNXBXK2057</t>
+          <t>20990.109.9</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:2" customHeight="0">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>BNXBXK3057</t>
+          <t>20990.110.4</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:2" customHeight="0">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>BNXBXK4057</t>
+          <t>20990.110.9</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:2" customHeight="0">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>BNXBXK5057</t>
+          <t>20990.113.5</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:2" customHeight="0">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>BNXBXK6057</t>
+          <t>20990.127.4</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:2" customHeight="0">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>BNXBXS1057</t>
+          <t>9100022</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:2" customHeight="0">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>SWAG</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>JAPGF-0906AF</t>
+          <t>30 90 7013</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:2" customHeight="0">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>JAPGF-0907AF</t>
+          <t>8100 10520</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:2" customHeight="0">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>JAPGF-0910AF</t>
+          <t>8100 29343</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:2" customHeight="0">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>JAPGF0906JM</t>
+          <t>8105 292006</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:2" customHeight="0">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>JAPGF0910JM</t>
+          <t>8105 672568</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:2" customHeight="0">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>STARLINE</t>
+          <t>PEX</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>BC 06830</t>
+          <t>6.010</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:2" customHeight="0">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>PEX</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>GF0556</t>
+          <t>6.013</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:2" customHeight="0">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>GF0556-1</t>
+          <t>KP1160</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:2" customHeight="0">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>QUICK BRAKE</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>105-0053-1</t>
+          <t>KP792</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:2" customHeight="0">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>SKBS-0450001</t>
+          <t>LS 1625</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:2" customHeight="0">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>3859B0013</t>
+          <t>LS2214</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:2" customHeight="0">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>70B0002</t>
+          <t>LY1193</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:2" customHeight="0">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>70B0521R</t>
+          <t>LY1439</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:2" customHeight="0">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>70B0564R</t>
+          <t>LY1441</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:2" customHeight="0">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>70B0585R</t>
+          <t>MG 571</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:2" customHeight="0">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>70B0592R</t>
+          <t>MG 571V</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:2" customHeight="0">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>NBS1015</t>
+          <t>MG 571V1</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:2" customHeight="0">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>MOTRIO</t>
+          <t>OBTEC A/S</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>8550501652</t>
+          <t>919.520</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:2" customHeight="0">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>CHITAO</t>
+          <t>BREMS.-U.KUPPL.TEILE</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>CT772542</t>
+          <t>122.01</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:2" customHeight="0">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>FMSI-VERBAND</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 001-311</t>
+          <t>S1081-1450</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:2" customHeight="0">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>FMSI-VERBAND</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 003-531</t>
+          <t>S1098-1450</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:2" customHeight="0">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>FMSI-VERBAND</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 003-571</t>
+          <t>S1112-1756</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:2" customHeight="0">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>FMSI-VERBAND</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 004-041</t>
+          <t>S662-1450</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:2" customHeight="0">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 004-051</t>
+          <t>BBS6089</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:2" customHeight="0">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 004-151</t>
+          <t>BBS6213</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:2" customHeight="0">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 004-961</t>
+          <t>53-0468</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:2" customHeight="0">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 004-981</t>
+          <t>53-0481</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:2" customHeight="0">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>RAYBESTOS</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 005-021</t>
+          <t>495PG</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:2" customHeight="0">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 022-711</t>
+          <t>2799520</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:2" customHeight="0">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>8DB 355 038-141</t>
+          <t>BK-5086</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:2" customHeight="0">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>03.0137-0268.2</t>
+          <t>BK-5415</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:2" customHeight="0">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>650268</t>
+          <t>OP-BSK00189</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:2" customHeight="0">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>PAGID</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>H8720</t>
+          <t>OP-BSK00264</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:2" customHeight="0">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>PAGID</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>Q0765</t>
+          <t>35706/1</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:2" customHeight="0">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>PAGID</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>Q1202</t>
+          <t>8810</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:2" customHeight="0">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>562080</t>
+          <t>8810/1</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:2" customHeight="0">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>562769</t>
+          <t>9732</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:2" customHeight="0">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>0 986 487 270</t>
+          <t>9737</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:2" customHeight="0">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>487 270M</t>
+          <t>9754</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:2" customHeight="0">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>LEMFORDER</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>13752</t>
+          <t>9756</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:2" customHeight="0">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>LEMFORDER</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>13754 01</t>
+          <t>9781</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:2" customHeight="0">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>LEMFORDER</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>14374 01</t>
+          <t>9856/1</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:2" customHeight="0">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>83018300</t>
+          <t>114 042 0601</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:2" customHeight="0">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>83044701</t>
+          <t>114 533 0003/K</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:2" customHeight="0">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>83044704</t>
+          <t>114 533 0007</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:2" customHeight="0">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>84044700</t>
+          <t>114 533 0008</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:2" customHeight="0">
       <c r="A305" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
-          <t>84044701</t>
+          <t>114 533 0010</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:2" customHeight="0">
       <c r="A306" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>REMSA</t>
         </is>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
-          <t>84044702</t>
+          <t>4046.00</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:2" customHeight="0">
       <c r="A307" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
-          <t>84044703</t>
+          <t>4046.01</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:2" customHeight="0">
       <c r="A308" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
-          <t>84044705</t>
+          <t>4198.00</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:2" customHeight="0">
       <c r="A309" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
-          <t>84044707</t>
+          <t>4607.00</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:2" customHeight="0">
       <c r="A310" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
-          <t>84044708</t>
+          <t>SPK 3046.04</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:2" customHeight="0">
       <c r="A311" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
-          <t>84044710</t>
+          <t>GF-0906AF</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:2" customHeight="0">
       <c r="A312" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
-          <t>91044700</t>
+          <t>GF0906JM</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:2" customHeight="0">
       <c r="A313" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
-          <t>98101 0447 0 4</t>
+          <t>79KT0003 C</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:2" customHeight="0">
       <c r="A314" s="0" t="inlineStr">
         <is>
-          <t>JURID</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
-          <t>361175J</t>
+          <t>79KT0105 C</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:2" customHeight="0">
       <c r="A315" s="0" t="inlineStr">
         <is>
-          <t>JURID</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
-          <t>361578J</t>
+          <t>79KT0106 C</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:2" customHeight="0">
       <c r="A316" s="0" t="inlineStr">
         <is>
-          <t>BENDIX</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
-          <t>361578B</t>
+          <t>HP 1586</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:2" customHeight="0">
       <c r="A317" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
-          <t>360219192088</t>
+          <t>HP1586A</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:2" customHeight="0">
       <c r="A318" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
-          <t>360219196317</t>
+          <t>HP1851</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:2" customHeight="0">
       <c r="A319" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>National</t>
         </is>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
-          <t>360219196625</t>
+          <t>NS4001</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:2" customHeight="0">
       <c r="A320" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>BARUM</t>
         </is>
       </c>
       <c r="B320" s="0" t="inlineStr">
         <is>
-          <t>363606122230</t>
+          <t>BAE5001</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:2" customHeight="0">
       <c r="A321" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
-          <t>363608322230</t>
+          <t>00150</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:2" customHeight="0">
       <c r="A322" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B322" s="0" t="inlineStr">
         <is>
-          <t>363610522230</t>
+          <t>01195</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:2" customHeight="0">
       <c r="A323" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B323" s="0" t="inlineStr">
         <is>
-          <t>363610622230</t>
+          <t>05730</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:2" customHeight="0">
       <c r="A324" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B324" s="0" t="inlineStr">
         <is>
-          <t>363611422230</t>
+          <t>06830</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:2" customHeight="0">
       <c r="A325" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B325" s="0" t="inlineStr">
         <is>
-          <t>363611822230</t>
+          <t>124.284</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:2" customHeight="0">
       <c r="A326" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B326" s="0" t="inlineStr">
         <is>
-          <t>MFR373</t>
+          <t>253.741</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:2" customHeight="0">
       <c r="A327" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B327" s="0" t="inlineStr">
         <is>
-          <t>MSK153</t>
+          <t>6143</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:2" customHeight="0">
       <c r="A328" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>KAVO PARTS</t>
         </is>
       </c>
       <c r="B328" s="0" t="inlineStr">
         <is>
-          <t>MSK196</t>
+          <t>KBS-10002</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:2" customHeight="0">
       <c r="A329" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B329" s="0" t="inlineStr">
         <is>
-          <t>MSK282</t>
+          <t>9038</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:2" customHeight="0">
       <c r="A330" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B330" s="0" t="inlineStr">
         <is>
-          <t>MSK287</t>
+          <t>SH1092</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:2" customHeight="0">
       <c r="A331" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B331" s="0" t="inlineStr">
         <is>
-          <t>MSP106</t>
+          <t>SH1113</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:2" customHeight="0">
       <c r="A332" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B332" s="0" t="inlineStr">
         <is>
-          <t>MSP117</t>
+          <t>BSH1004</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:2" customHeight="0">
       <c r="A333" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
-          <t>MSP121</t>
+          <t>SHU 301</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:2" customHeight="0">
       <c r="A334" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
-          <t>MSP153</t>
+          <t>SHU 480</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:2" customHeight="0">
       <c r="A335" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>JP GROUP</t>
         </is>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
-          <t>MSP252</t>
+          <t>1163900210</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:2" customHeight="0">
       <c r="A336" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B336" s="0" t="inlineStr">
         <is>
-          <t>MSP279</t>
+          <t>00150</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:2" customHeight="0">
       <c r="A337" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B337" s="0" t="inlineStr">
         <is>
-          <t>MSP315</t>
+          <t>01195</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:2" customHeight="0">
       <c r="A338" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
-          <t>MSP323</t>
+          <t>05730</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:2" customHeight="0">
       <c r="A339" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
-          <t>MSP422</t>
+          <t>06830</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:2" customHeight="0">
       <c r="A340" s="0" t="inlineStr">
         <is>
-          <t>MOPROD</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B340" s="0" t="inlineStr">
         <is>
-          <t>MBS 549</t>
+          <t>105-0053</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:2" customHeight="0">
       <c r="A341" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B341" s="0" t="inlineStr">
         <is>
-          <t>BS 836</t>
+          <t>OEK301</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:2" customHeight="0">
       <c r="A342" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B342" s="0" t="inlineStr">
         <is>
-          <t>BS601K3</t>
+          <t>1016.020</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:2" customHeight="0">
       <c r="A343" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B343" s="0" t="inlineStr">
         <is>
-          <t>BS601K5</t>
+          <t>1124.284</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:2" customHeight="0">
       <c r="A344" s="0" t="inlineStr">
         <is>
-          <t>FEBI BILSTEIN</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B344" s="0" t="inlineStr">
         <is>
-          <t>07013</t>
+          <t>124284</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:2" customHeight="0">
       <c r="A345" s="0" t="inlineStr">
         <is>
-          <t>FEBI BILSTEIN</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
-          <t>37547</t>
+          <t>1253.741</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:2" customHeight="0">
       <c r="A346" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
-          <t>GS8298</t>
+          <t>16143</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:2" customHeight="0">
       <c r="A347" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
-          <t>GS8526</t>
+          <t>253.741</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:2" customHeight="0">
       <c r="A348" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B348" s="0" t="inlineStr">
         <is>
-          <t>K 85 019</t>
+          <t>103 075</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:2" customHeight="0">
       <c r="A349" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B349" s="0" t="inlineStr">
         <is>
-          <t>S 85 509</t>
+          <t>110 296</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:2" customHeight="0">
       <c r="A350" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
-          <t>S 85 511</t>
+          <t>151-109</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:2" customHeight="0">
       <c r="A351" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
-          <t>S 85 513</t>
+          <t>153-008</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:2" customHeight="0">
       <c r="A352" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
-          <t>S 85 544</t>
+          <t>153-468</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:2" customHeight="0">
       <c r="A353" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
-          <t>S 85 547</t>
+          <t>153-741</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:2" customHeight="0">
       <c r="A354" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
-          <t>S85540N</t>
+          <t>SPK 3046.04</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:2" customHeight="0">
       <c r="A355" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
-          <t>FSB 408</t>
+          <t>Z4046.01</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:2" customHeight="0">
       <c r="A356" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
-          <t>FSB 863</t>
+          <t>Z4198.00</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:2" customHeight="0">
       <c r="A357" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
-          <t>FSB408-D</t>
+          <t>Z4607.00</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:2" customHeight="0">
       <c r="A358" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>VILLAR</t>
         </is>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
-          <t>FSB4182</t>
+          <t>629.0504</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:2" customHeight="0">
       <c r="A359" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>VILLAR</t>
         </is>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
-          <t>10990.100.3</t>
+          <t>629.0615</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:2" customHeight="0">
       <c r="A360" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>SAMKO</t>
         </is>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
-          <t>20990.105.2</t>
+          <t>84100</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:2" customHeight="0">
       <c r="A361" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
-          <t>20990.106.0</t>
+          <t>7270RP</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:2" customHeight="0">
       <c r="A362" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
-          <t>20990.109.9</t>
+          <t>RA20150</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:2" customHeight="0">
       <c r="A363" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B363" s="0" t="inlineStr">
         <is>
-          <t>20990.110.4</t>
+          <t>RA24100</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:2" customHeight="0">
       <c r="A364" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B364" s="0" t="inlineStr">
         <is>
-          <t>20990.113.5</t>
+          <t>RA26830</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:2" customHeight="0">
       <c r="A365" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B365" s="0" t="inlineStr">
         <is>
-          <t>20990.127.4</t>
+          <t>RA31130</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:2" customHeight="0">
       <c r="A366" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B366" s="0" t="inlineStr">
         <is>
-          <t>9100022</t>
+          <t>ADBP410028</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:2" customHeight="0">
       <c r="A367" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B367" s="0" t="inlineStr">
         <is>
-          <t>BB1132A1</t>
+          <t>03013702682-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:2" customHeight="0">
       <c r="A368" s="0" t="inlineStr">
         <is>
-          <t>SWAG</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B368" s="0" t="inlineStr">
         <is>
-          <t>30 90 7013</t>
+          <t>19-0236</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:2" customHeight="0">
       <c r="A369" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B369" s="0" t="inlineStr">
         <is>
-          <t>8100 10520</t>
+          <t>19-5646KIT</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:2" customHeight="0">
       <c r="A370" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>AD</t>
         </is>
       </c>
       <c r="B370" s="0" t="inlineStr">
         <is>
-          <t>8100 29343</t>
+          <t>MG981</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:2" customHeight="0">
       <c r="A371" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>STOP</t>
         </is>
       </c>
       <c r="B371" s="0" t="inlineStr">
         <is>
-          <t>8105 292006</t>
+          <t>361260S</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:2" customHeight="0">
       <c r="A372" s="0" t="inlineStr">
         <is>
-          <t>PEX</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B372" s="0" t="inlineStr">
         <is>
-          <t>6.010</t>
+          <t>VBS473</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:2" customHeight="0">
       <c r="A373" s="0" t="inlineStr">
         <is>
-          <t>PEX</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B373" s="0" t="inlineStr">
         <is>
-          <t>6.013</t>
+          <t>84410</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:2" customHeight="0">
       <c r="A374" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B374" s="0" t="inlineStr">
         <is>
-          <t>KP792</t>
+          <t>84573</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:2" customHeight="0">
       <c r="A375" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B375" s="0" t="inlineStr">
         <is>
-          <t>LS 1625</t>
+          <t>84683</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:2" customHeight="0">
       <c r="A376" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B376" s="0" t="inlineStr">
         <is>
-          <t>LS2214</t>
+          <t>84685</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:2" customHeight="0">
       <c r="A377" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B377" s="0" t="inlineStr">
         <is>
-          <t>LY1193</t>
+          <t>550906</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:2" customHeight="0">
       <c r="A378" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B378" s="0" t="inlineStr">
         <is>
-          <t>LY1439</t>
+          <t>550907</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:2" customHeight="0">
       <c r="A379" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B379" s="0" t="inlineStr">
         <is>
-          <t>LY1441</t>
+          <t>JQ202007</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:2" customHeight="0">
       <c r="A380" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B380" s="0" t="inlineStr">
         <is>
-          <t>MG 571</t>
+          <t>JQ213003</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:2" customHeight="0">
       <c r="A381" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B381" s="0" t="inlineStr">
         <is>
-          <t>MG 571V</t>
+          <t>JQ213006</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:2" customHeight="0">
       <c r="A382" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B382" s="0" t="inlineStr">
         <is>
-          <t>MG 571V1</t>
+          <t>B120088</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:2" customHeight="0">
       <c r="A383" s="0" t="inlineStr">
         <is>
-          <t>OBTEC A/S</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B383" s="0" t="inlineStr">
         <is>
-          <t>919.520</t>
+          <t>B120160</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:2" customHeight="0">
       <c r="A384" s="0" t="inlineStr">
         <is>
-          <t>BREMS.-U.KUPPL.TEILE</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B384" s="0" t="inlineStr">
         <is>
-          <t>122.01</t>
+          <t>C0W009ABE</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:2" customHeight="0">
       <c r="A385" s="0" t="inlineStr">
         <is>
-          <t>FMSI-VERBAND</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B385" s="0" t="inlineStr">
         <is>
-          <t>S1081-1450</t>
+          <t>C0W010ABE</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:2" customHeight="0">
       <c r="A386" s="0" t="inlineStr">
         <is>
-          <t>FMSI-VERBAND</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B386" s="0" t="inlineStr">
         <is>
-          <t>S1098-1450</t>
+          <t>C0W014ABE</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:2" customHeight="0">
       <c r="A387" s="0" t="inlineStr">
         <is>
-          <t>FMSI-VERBAND</t>
+          <t>JURATEK</t>
         </is>
       </c>
       <c r="B387" s="0" t="inlineStr">
         <is>
-          <t>S1112-1756</t>
+          <t>JBS1002</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:2" customHeight="0">
       <c r="A388" s="0" t="inlineStr">
         <is>
-          <t>FMSI-VERBAND</t>
+          <t>WAGNER</t>
         </is>
       </c>
       <c r="B388" s="0" t="inlineStr">
         <is>
-          <t>S662-1450</t>
+          <t>Z662</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:2" customHeight="0">
       <c r="A389" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B389" s="0" t="inlineStr">
         <is>
-          <t>BBS6089</t>
+          <t>BNXBXK1057</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:2" customHeight="0">
       <c r="A390" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B390" s="0" t="inlineStr">
         <is>
-          <t>BBS6213</t>
+          <t>BNXBXK2057</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:2" customHeight="0">
       <c r="A391" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B391" s="0" t="inlineStr">
         <is>
-          <t>53-0468</t>
+          <t>BNXBXK3057</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:2" customHeight="0">
       <c r="A392" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B392" s="0" t="inlineStr">
         <is>
-          <t>53-0481</t>
+          <t>BNXBXK4057</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:2" customHeight="0">
       <c r="A393" s="0" t="inlineStr">
         <is>
-          <t>RAYBESTOS</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B393" s="0" t="inlineStr">
         <is>
-          <t>495PG</t>
+          <t>BNXBXK5057</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:2" customHeight="0">
       <c r="A394" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B394" s="0" t="inlineStr">
         <is>
-          <t>2799520</t>
+          <t>BNXBXK6057</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:2" customHeight="0">
       <c r="A395" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B395" s="0" t="inlineStr">
         <is>
-          <t>BK-5086</t>
+          <t>BNXBXS1057</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:2" customHeight="0">
       <c r="A396" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B396" s="0" t="inlineStr">
         <is>
-          <t>BK-5415</t>
+          <t>JAPGF-0906AF</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:2" customHeight="0">
       <c r="A397" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B397" s="0" t="inlineStr">
         <is>
-          <t>OP-BSK00189</t>
+          <t>JAPGF-0907AF</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:2" customHeight="0">
       <c r="A398" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B398" s="0" t="inlineStr">
         <is>
-          <t>OP-BSK00264</t>
+          <t>JAPGF0906JM</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:2" customHeight="0">
       <c r="A399" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>STARLINE</t>
         </is>
       </c>
       <c r="B399" s="0" t="inlineStr">
         <is>
-          <t>8810</t>
+          <t>BC 06830</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:2" customHeight="0">
       <c r="A400" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B400" s="0" t="inlineStr">
         <is>
-          <t>8810/1</t>
+          <t>GF0556</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:2" customHeight="0">
       <c r="A401" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B401" s="0" t="inlineStr">
         <is>
-          <t>9856/1</t>
+          <t>GF0556-1</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:2" customHeight="0">
       <c r="A402" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>QUICK BRAKE</t>
         </is>
       </c>
       <c r="B402" s="0" t="inlineStr">
         <is>
-          <t>114 042 0601</t>
+          <t>105-0053-1</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:2" customHeight="0">
       <c r="A403" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B403" s="0" t="inlineStr">
         <is>
-          <t>114 533 0003/K</t>
+          <t>SKBS-0450001</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:2" customHeight="0">
       <c r="A404" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B404" s="0" t="inlineStr">
         <is>
-          <t>114 533 0007</t>
+          <t>3859B0013</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:2" customHeight="0">
       <c r="A405" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B405" s="0" t="inlineStr">
         <is>
-          <t>114 533 0008</t>
+          <t>70B0002</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:2" customHeight="0">
       <c r="A406" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B406" s="0" t="inlineStr">
         <is>
-          <t>114 533 0010</t>
+          <t>70B0521R</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:2" customHeight="0">
       <c r="A407" s="0" t="inlineStr">
         <is>
-          <t>REMSA</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B407" s="0" t="inlineStr">
         <is>
-          <t>4046.00</t>
+          <t>70B0564R</t>
+        </is>
+      </c>
+    </row>
+    <row r="408" spans="1:2" customHeight="0">
+      <c r="A408" s="0" t="inlineStr">
+        <is>
+          <t>RIDEX</t>
+        </is>
+      </c>
+      <c r="B408" s="0" t="inlineStr">
+        <is>
+          <t>70B0585R</t>
+        </is>
+      </c>
+    </row>
+    <row r="409" spans="1:2" customHeight="0">
+      <c r="A409" s="0" t="inlineStr">
+        <is>
+          <t>RIDEX</t>
+        </is>
+      </c>
+      <c r="B409" s="0" t="inlineStr">
+        <is>
+          <t>70B0592R</t>
+        </is>
+      </c>
+    </row>
+    <row r="410" spans="1:2" customHeight="0">
+      <c r="A410" s="0" t="inlineStr">
+        <is>
+          <t>NAPA</t>
+        </is>
+      </c>
+      <c r="B410" s="0" t="inlineStr">
+        <is>
+          <t>NBS1015</t>
+        </is>
+      </c>
+    </row>
+    <row r="411" spans="1:2" customHeight="0">
+      <c r="A411" s="0" t="inlineStr">
+        <is>
+          <t>MOTRIO</t>
+        </is>
+      </c>
+      <c r="B411" s="0" t="inlineStr">
+        <is>
+          <t>8550501652</t>
+        </is>
+      </c>
+    </row>
+    <row r="412" spans="1:2" customHeight="0">
+      <c r="A412" s="0" t="inlineStr">
+        <is>
+          <t>CHITAO</t>
+        </is>
+      </c>
+      <c r="B412" s="0" t="inlineStr">
+        <is>
+          <t>CT772542</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>