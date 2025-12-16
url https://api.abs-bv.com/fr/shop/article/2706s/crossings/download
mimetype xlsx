--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -72,1069 +72,1081 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B85"/>
+  <dimension ref="A1:B86"/>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Fournisseur</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Référence</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>CHERY</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>A113502031BB</t>
+          <t>1S0609617</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>SEAT</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>1S0609617</t>
+          <t>6X0.609.617A</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>6X0.609.617A</t>
+          <t>1S0609617</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:2" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>1S0609617</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:2" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>VW</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>1S0609617</t>
+          <t>6X0.609.617A</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>6X0.609.617A</t>
+          <t>1S0 609 617</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:2" customHeight="0">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>1S0 609 617</t>
+          <t>6X0 609 617A</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>CHERY</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>6X0 609 617A</t>
+          <t>A113502031BB</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="0">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>0 986 477 106</t>
+          <t>8DT 355 301-571</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="0">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>94022800</t>
+          <t>24.0220-0032.1</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="0">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>MBD302</t>
+          <t>480130</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:2" customHeight="0">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>PAGID</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>BDR549</t>
+          <t>62933</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="0">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>OMC</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>100641</t>
+          <t>237096</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="0">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>OMC</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>100655</t>
+          <t>0 986 477 106</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="0">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>FEBI BILSTEIN</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>24032</t>
+          <t>94022800</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>DB4260</t>
+          <t>MBD302</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>DB4425</t>
+          <t>BDR549</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>OMC</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>RPTA01040</t>
+          <t>100641</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:2" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>OMC</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>14.9384.10</t>
+          <t>100655</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>14.E063.10</t>
+          <t>24032</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>FDR329792</t>
+          <t>DB4260</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>600.1964.20</t>
+          <t>DB4425</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>9190057</t>
+          <t>RPTA01040</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>BT549</t>
+          <t>14.9384.10</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>SWAG</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>30 92 4032</t>
+          <t>14.E063.10</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>8120 29221C</t>
+          <t>FDR329751</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>8120 29228</t>
+          <t>FDR329792</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>BRADI</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>14.9384.10</t>
+          <t>600.1964.20</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>PEX</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>15.0105</t>
+          <t>9190057</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>SWAG</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>BF 410</t>
+          <t>30 92 4032</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>BF549</t>
+          <t>8120 29221C</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>BT 733</t>
+          <t>8120 29228</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>BRECO</t>
+          <t>BRADI</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>BT 1183</t>
+          <t>14.9384.10</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>BRECO</t>
+          <t>PEX</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>BT 9384</t>
+          <t>15.0105</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>BBR7043</t>
+          <t>BF 410</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:2" customHeight="0">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>BBR7256</t>
+          <t>BF549</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>BRECO</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>254725</t>
+          <t>BT 1183</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>BRECO</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>BT-1410</t>
+          <t>BT 9384</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>35810</t>
+          <t>BBR7043</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>115 523 1049</t>
+          <t>BBR7256</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:2" customHeight="0">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>REMSA</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>7143.00</t>
+          <t>254725</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="0">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>7143.00</t>
+          <t>BT-1410</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:2" customHeight="0">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>TA-0902</t>
+          <t>35810</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:2" customHeight="0">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>TA-0902C</t>
+          <t>115 523 1049</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:2" customHeight="0">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>REMSA</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>TA0902JM</t>
+          <t>7143.00</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="0">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>HP 66389</t>
+          <t>7143.00</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="0">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>HP66588</t>
+          <t>TA-0902</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:2" customHeight="0">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>NDR323</t>
+          <t>TA-0902C</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:2" customHeight="0">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>7D0441</t>
+          <t>TA0902JM</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="0">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>7D0716</t>
+          <t>HP 66389</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="0">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>KAVO PARTS</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>BD-10005</t>
+          <t>HP66588</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>National</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>DR962382</t>
+          <t>NDR323</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>BDR9044</t>
+          <t>7D0441</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="0">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>DRM9929</t>
+          <t>7D0716</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="0">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>JP GROUP</t>
+          <t>KAVO PARTS</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>1163501600</t>
+          <t>BD-10005</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:2" customHeight="0">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>JP GROUP</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>1163501609</t>
+          <t>DR962382</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:2" customHeight="0">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>7D0441</t>
+          <t>BDR9044</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:2" customHeight="0">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>7D0716</t>
+          <t>DRM9929</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:2" customHeight="0">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>JP GROUP</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>110 427</t>
+          <t>1163501600</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:2" customHeight="0">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>JP GROUP</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>B7143.00</t>
+          <t>1163501609</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:2" customHeight="0">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>ADBP470044</t>
+          <t>7D0441</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:2" customHeight="0">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>19-1344</t>
+          <t>7D0716</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:2" customHeight="0">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>LVBE724</t>
+          <t>110 427</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:2" customHeight="0">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>VBD85</t>
+          <t>B7143.00</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:2" customHeight="0">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>801389</t>
+          <t>ADBP470044</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:2" customHeight="0">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>560902</t>
+          <t>19-1344</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:2" customHeight="0">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>560902C</t>
+          <t>LVBE724</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:2" customHeight="0">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>104067</t>
+          <t>VBD85</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:2" customHeight="0">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>B140039</t>
+          <t>801389</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:2" customHeight="0">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>C6W015ABE</t>
+          <t>560902</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:2" customHeight="0">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>JURATEK</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>JDR096</t>
+          <t>560902C</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:2" customHeight="0">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>BNXBDM1053</t>
+          <t>104067</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:2" customHeight="0">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>JAPTA-0902</t>
+          <t>B140039</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="0">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>JAPTA-0902C</t>
+          <t>C6W015ABE</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="0">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>STARLINE</t>
+          <t>JURATEK</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>PB 6369</t>
+          <t>JDR096</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:2" customHeight="0">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>CR5441</t>
+          <t>BNXBDM1053</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:2" customHeight="0">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>SKBDM-0800031</t>
+          <t>JAPTA-0902</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="0">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>123B0032</t>
+          <t>JAPTA-0902C</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="0">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>0AMS</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>TDV-010</t>
+          <t>JAPTA0902JM</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:2" customHeight="0">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>STARLINE</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>8DT 355 301-571</t>
+          <t>PB 6369</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:2" customHeight="0">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>24.0220-0032.1</t>
+          <t>CR5441</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="0">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>480130</t>
+          <t>SKBDM-0800031</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:2" customHeight="0">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>PAGID</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>62933</t>
+          <t>123B0032</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:2" customHeight="0">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>NAPA</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>237096</t>
+          <t>NDR1017</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:2" customHeight="0">
+      <c r="A86" s="0" t="inlineStr">
+        <is>
+          <t>0AMS</t>
+        </is>
+      </c>
+      <c r="B86" s="0" t="inlineStr">
+        <is>
+          <t>TDV-010</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>