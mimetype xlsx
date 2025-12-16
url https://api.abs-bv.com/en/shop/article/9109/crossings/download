--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B97"/>
+  <dimension ref="A1:B96"/>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Supplier</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Reference</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>BMW</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>34 41 1 165 962</t>
         </is>
       </c>
     </row>
@@ -538,745 +538,733 @@
         <is>
           <t>GSK1003</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
           <t>BREMBO</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>S 06 511</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
           <t>FERODO</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>FSB 668</t>
+          <t>FSB668</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
           <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>10990.106.2</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
           <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>10990.106.3</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:2" customHeight="0">
       <c r="A42" s="0" t="inlineStr">
         <is>
           <t>FTE</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>9100089</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="0">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>SWAG</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>BB1334A6</t>
+          <t>20 92 3851</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:2" customHeight="0">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>SWAG</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>20 92 3851</t>
+          <t>8100 11012</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:2" customHeight="0">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>PEX</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>8100 11012</t>
+          <t>6.270</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:2" customHeight="0">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>8105 102602</t>
+          <t>LS 1920</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="0">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>PEX</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>6.270</t>
+          <t>0152004</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="0">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>LS 1920</t>
+          <t>KR 960</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:2" customHeight="0">
       <c r="A49" s="0" t="inlineStr">
         <is>
           <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>0152004</t>
+          <t>MG 960</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:2" customHeight="0">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>BREMS.-U.KUPPL.TEILE</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>KR 960</t>
+          <t>161.01</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="0">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>FMSI-VERBAND</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>MG 960</t>
+          <t>S890-1598</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="0">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>BREMS.-U.KUPPL.TEILE</t>
+          <t>FMSI-VERBAND</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>161.01</t>
+          <t>S985-1598</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>FMSI-VERBAND</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>S890-1598</t>
+          <t>BBS6332</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>FMSI-VERBAND</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>S985-1598</t>
+          <t>53-0019</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="0">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>RAYBESTOS</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>BBS6332</t>
+          <t>890PG</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="0">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>53-0019</t>
+          <t>2715695</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:2" customHeight="0">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>RAYBESTOS</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>890PG</t>
+          <t>8867</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:2" customHeight="0">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>2715695</t>
+          <t>314 042 0008</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:2" customHeight="0">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>REMSA</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>8867</t>
+          <t>4740.00</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:2" customHeight="0">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>314 042 0008</t>
+          <t>GF-0104AF</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:2" customHeight="0">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>REMSA</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>4740.00</t>
+          <t>GF0104JM</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:2" customHeight="0">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>GF-0104AF</t>
+          <t>79PB4003 C</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:2" customHeight="0">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>GF0104JM</t>
+          <t>HP1744</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:2" customHeight="0">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>National</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>79PB4003 C</t>
+          <t>NS4031</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:2" customHeight="0">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>HP1744</t>
+          <t>09110</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:2" customHeight="0">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>NS4031</t>
+          <t>019.029</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:2" customHeight="0">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>09110</t>
+          <t>SH2593</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:2" customHeight="0">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>019.029</t>
+          <t>BSH1037</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:2" customHeight="0">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>SH2593</t>
+          <t>SHU666</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:2" customHeight="0">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>BSH1037</t>
+          <t>09110</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:2" customHeight="0">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>SHU666</t>
+          <t>1019.029</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:2" customHeight="0">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>09110</t>
+          <t>19029</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:2" customHeight="0">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>1019.029</t>
+          <t>110 458</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:2" customHeight="0">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>19029</t>
+          <t>153-019</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="0">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>110 458</t>
+          <t>RA28620</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="0">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>153-019</t>
+          <t>RA28621</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:2" customHeight="0">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>RA28620</t>
+          <t>ADBP410042</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:2" customHeight="0">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>RA28621</t>
+          <t>03013704192-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="0">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>ADBP410042</t>
+          <t>19-1790</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="0">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>AD</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>03013704192-SET-MS</t>
+          <t>MG1219</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:2" customHeight="0">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>19-1790</t>
+          <t>VBS697</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:2" customHeight="0">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>AD</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>MG1219</t>
+          <t>550104</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="0">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>VBS697</t>
+          <t>JQ212027</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:2" customHeight="0">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>550104</t>
+          <t>B120098</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:2" customHeight="0">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>JQ212027</t>
+          <t>CRB006ABE</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:2" customHeight="0">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>JURATEK</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>B120098</t>
+          <t>JBS1038</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:2" customHeight="0">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>WAGNER</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>CRB006ABE</t>
+          <t>Z890</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:2" customHeight="0">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>JURATEK</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>JBS1038</t>
+          <t>BNXBXS1145</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:2" customHeight="0">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>WAGNER</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Z890</t>
+          <t>JAPGF-0104AF</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:2" customHeight="0">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>BNXBXS1145</t>
+          <t>GF0081</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:2" customHeight="0">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>JAPGF-0104AF</t>
+          <t>1690922480</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:2" customHeight="0">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>QUICK BRAKE</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>GF0081</t>
+          <t>105-0841-1</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:2" customHeight="0">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>1690922480</t>
+          <t>SKBSP-0440001</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:2" customHeight="0">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>SKBSP-0440001</t>
+          <t>1419B0002</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:2" customHeight="0">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>NAPA</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>1419B0002</t>
+          <t>NBS5013</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:2" customHeight="0">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>MOTRIO</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
-        <is>
-[...10 lines deleted...]
-      <c r="B97" s="0" t="inlineStr">
         <is>
           <t>8550501718</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>