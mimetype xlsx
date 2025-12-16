--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -941,380 +941,380 @@
         <is>
           <t>FTE</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>2118715</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:2" customHeight="0">
       <c r="A72" s="0" t="inlineStr">
         <is>
           <t>FTE</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>KG15065.4.18</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:2" customHeight="0">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>SWAG</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>30 93 3936</t>
+          <t>8130 29213</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:2" customHeight="0">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>8130 29213</t>
+          <t>505-990</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="0">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>505-990</t>
+          <t>BCM123</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="0">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>AISIN</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>BCM123</t>
+          <t>CMVG-703</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:2" customHeight="0">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>AISIN</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>CMVG-703</t>
+          <t>55-0076</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:2" customHeight="0">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>55-0076</t>
+          <t>832312</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="0">
       <c r="A79" s="0" t="inlineStr">
         <is>
           <t>NK</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>832312</t>
+          <t>834722</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="0">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>834722</t>
+          <t>1890</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:2" customHeight="0">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>1890</t>
+          <t>2199</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:2" customHeight="0">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>2199</t>
+          <t>PZ127</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="0">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>PZ127</t>
+          <t>7229</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:2" customHeight="0">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>7229</t>
+          <t>MC1814BE</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:2" customHeight="0">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>JP GROUP</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>MC1814BE</t>
+          <t>1130600400</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:2" customHeight="0">
       <c r="A86" s="0" t="inlineStr">
         <is>
           <t>JP GROUP</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>1130600400</t>
+          <t>1130600402</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:2" customHeight="0">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>JP GROUP</t>
+          <t>GIRLING</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>1130600402</t>
+          <t>1202481</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:2" customHeight="0">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>GIRLING</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>1202481</t>
+          <t>M2199</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:2" customHeight="0">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>M2199</t>
+          <t>114 441</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:2" customHeight="0">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>114 441</t>
+          <t>505-076</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:2" customHeight="0">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>505-076</t>
+          <t>ADBP340026</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:2" customHeight="0">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>ADBP340026</t>
+          <t>46-0060</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:2" customHeight="0">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>CAUTEX</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>46-0060</t>
+          <t>750268</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:2" customHeight="0">
       <c r="A94" s="0" t="inlineStr">
         <is>
           <t>CAUTEX</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>750268</t>
+          <t>750269</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:2" customHeight="0">
       <c r="A95" s="0" t="inlineStr">
         <is>
           <t>CAUTEX</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>750269</t>
+          <t>774140</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:2" customHeight="0">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>CAUTEX</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>774140</t>
+          <t>5750057</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:2" customHeight="0">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>5750057</t>
+          <t>F9W011ABE</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:2" customHeight="0">
       <c r="A98" s="0" t="inlineStr">
         <is>
           <t>ABE</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>F9W011ABE</t>
+          <t>F9W019ABE</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:2" customHeight="0">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>WILMINK GROUP</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>F9W019ABE</t>
+          <t>WG2214261</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:2" customHeight="0">
       <c r="A100" s="0" t="inlineStr">
         <is>
           <t>WILMINK GROUP</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>WG2214261</t>
+          <t>WG2624546</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:2" customHeight="0">
       <c r="A101" s="0" t="inlineStr">
         <is>
           <t>BREMSI</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>PC0061</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:2" customHeight="0">
       <c r="A102" s="0" t="inlineStr">
         <is>
           <t>Stark</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>SKMCC-0580002</t>
         </is>