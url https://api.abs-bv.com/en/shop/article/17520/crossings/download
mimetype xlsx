--- v0 (2025-10-07)
+++ v1 (2025-12-17)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B198"/>
+  <dimension ref="A1:B195"/>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Supplier</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Reference</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>AUDI</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>1K0.615.601K</t>
         </is>
       </c>
     </row>
@@ -293,2204 +293,2168 @@
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>1K0 615 601K</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>VAG</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>5C0 615 601</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>B130260</t>
+          <t>8DD 355 109-591</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:2" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>B130260P</t>
+          <t>8DD 355 109-601</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>C4W012ABE</t>
+          <t>8DD 355 122-612</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>C4W012ABE-P</t>
+          <t>8DD 355 124-431</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>JURATEK</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>VAG136</t>
+          <t>24.0110-0277.1</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>EASYPARTS</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>BRS051</t>
+          <t>24.0310-0277.1</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>BNXBDS1007</t>
+          <t>410277</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>JAPDP-0902</t>
+          <t>510277</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>PAGID</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>JAPDP-0902C</t>
+          <t>54209</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>STARLINE</t>
+          <t>PAGID</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>PB 1477</t>
+          <t>54209PRO</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>STARLINE</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>PB 1477C</t>
+          <t>186857</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>CD7224S</t>
+          <t>297857</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>R BRAKE</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>78RBD25640</t>
+          <t>496006</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>1618882680</t>
+          <t>672546</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>1636908380</t>
+          <t>0 986 479 099</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>1674250580</t>
+          <t>0 986 479 941</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>1684244580</t>
+          <t>0 986 T15 035</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>1686338180</t>
+          <t>F 026 A06 783</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:2" customHeight="0">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>LEMFORDER</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>1690944980</t>
+          <t>27432 01</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>SKGE-2017</t>
+          <t>92120900</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>82B0018</t>
+          <t>92120903</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>82B1730</t>
+          <t>92120905</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>JURID</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>NBD5280</t>
+          <t>562236J</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:2" customHeight="0">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>BENDIX</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>NBD5729</t>
+          <t>562236B</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="0">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>SKF</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>PBD8397</t>
+          <t>VKBD 90007 S2</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:2" customHeight="0">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>MOTRIO</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>8671017411</t>
+          <t>353615846540</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:2" customHeight="0">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>0AMS</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>RDV-109</t>
+          <t>360406050700</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:2" customHeight="0">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>ALLIED NIPPON</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>AND6004</t>
+          <t>360406050701</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="0">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>8DD 355 109-591</t>
+          <t>360406050702</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="0">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>8DD 355 109-601</t>
+          <t>360406050705</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:2" customHeight="0">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>8DD 355 122-612</t>
+          <t>360704004400</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:2" customHeight="0">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>8DD 355 124-431</t>
+          <t>361302040115</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="0">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>24.0110-0277.1</t>
+          <t>MDC1640</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="0">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>24.0310-0277.1</t>
+          <t>MDC1640C</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>MINTEX</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>410277</t>
+          <t>MDC81640C</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>510277</t>
+          <t>BDC 5419</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="0">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>PAGID</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>54209</t>
+          <t>BSF 5419</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="0">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>PAGID</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>54209PRO</t>
+          <t>MBD5419</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:2" customHeight="0">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>186857</t>
+          <t>23240</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:2" customHeight="0">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>297857</t>
+          <t>DF4276</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:2" customHeight="0">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>496006</t>
+          <t>08.9502.10</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:2" customHeight="0">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>672546</t>
+          <t>08.9502.11</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:2" customHeight="0">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>0 986 479 099</t>
+          <t>08.9502.1S</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:2" customHeight="0">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>0 986 479 941</t>
+          <t>08.9502.1X</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:2" customHeight="0">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>0 986 T15 035</t>
+          <t>08.9502.75</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:2" customHeight="0">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>F 026 A06 783</t>
+          <t>59.E114.09</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:2" customHeight="0">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>LEMFORDER</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>27432 01</t>
+          <t>DDF1224</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:2" customHeight="0">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>92120900</t>
+          <t>DDF1224-1</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:2" customHeight="0">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>92120903</t>
+          <t>DDF1224C</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:2" customHeight="0">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>92120905</t>
+          <t>DDF1224C-1-D</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:2" customHeight="0">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>JURID</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>562236J</t>
+          <t>DDF1224X</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:2" customHeight="0">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>BENDIX</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>562236B</t>
+          <t>600.3234.20</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:2" customHeight="0">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>SKF</t>
+          <t>ZIMMERMANN</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>VKBD 90007 S2</t>
+          <t>600.3234.52</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:2" customHeight="0">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>353615846540</t>
+          <t>9072013</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:2" customHeight="0">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>360406050700</t>
+          <t>9082425</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:2" customHeight="0">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>360406050701</t>
+          <t>9082426</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:2" customHeight="0">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>SWAG</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>360406050702</t>
+          <t>32 92 3240</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:2" customHeight="0">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>360406050705</t>
+          <t>8120 29172</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:2" customHeight="0">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>360704004400</t>
+          <t>8120 29172C</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:2" customHeight="0">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>BRADI</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>361302040115</t>
+          <t>08.9502.10</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:2" customHeight="0">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>BRADI</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>MDC1640</t>
+          <t>1.5846.5.4</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:2" customHeight="0">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>PEX</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>MDC1640C</t>
+          <t>14.0867</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:2" customHeight="0">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>MINTEX</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>MDC81640C</t>
+          <t>BG3834</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:2" customHeight="0">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>BDC 5419</t>
+          <t>BG3834C</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:2" customHeight="0">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>BSF 5419</t>
+          <t>BG5019C</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:2" customHeight="0">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>MBD5419</t>
+          <t>BG5019C-18B1</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:2" customHeight="0">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>FEBI BILSTEIN</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>23240</t>
+          <t>BG5019C-19B1</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:2" customHeight="0">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>DF4276</t>
+          <t>6110036</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:2" customHeight="0">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>BRECO</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>08.9502.10</t>
+          <t>BS 7660</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:2" customHeight="0">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>BRECO</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>08.9502.11</t>
+          <t>BV 7660</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:2" customHeight="0">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>OBTEC A/S</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>08.9502.1S</t>
+          <t>815424271</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:2" customHeight="0">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>08.9502.1X</t>
+          <t>BBD4382</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:2" customHeight="0">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>AISIN</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>08.9502.75</t>
+          <t>X6R901S</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:2" customHeight="0">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>59.E114.09</t>
+          <t>23-0724</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:2" customHeight="0">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>DDF 1224</t>
+          <t>23-0724C</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:2" customHeight="0">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>DOYEN</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>DDF1224-1</t>
+          <t>RDP120</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:2" customHeight="0">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>DDF1224C</t>
+          <t>204789</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:2" customHeight="0">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>DDF1224C-1-D</t>
+          <t>314789</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:2" customHeight="0">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>DDF1224X</t>
+          <t>344789</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:2" customHeight="0">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>600.3234.20</t>
+          <t>BS-8018</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:2" customHeight="0">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>ZIMMERMANN</t>
+          <t>OPTIMAL</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>600.3234.52</t>
+          <t>BS-8018C</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:2" customHeight="0">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>9072013</t>
+          <t>25831</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:2" customHeight="0">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>MAPCO</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>9082425</t>
+          <t>25831C</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:2" customHeight="0">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>9082426</t>
+          <t>115 523 0018</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:2" customHeight="0">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>SWAG</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>32 92 3240</t>
+          <t>115 523 0018/PD</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:2" customHeight="0">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>8120 29172</t>
+          <t>115 523 1046</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:2" customHeight="0">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>8120 29172C</t>
+          <t>115 523 1046/PD</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:2" customHeight="0">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>BRADI</t>
+          <t>REMSA</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>08.9502.10</t>
+          <t>6649.00</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:2" customHeight="0">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>BRADI</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>1.5846.5.4</t>
+          <t>6649.00</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:2" customHeight="0">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>PEX</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>14.0867</t>
+          <t>DP-0902</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:2" customHeight="0">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>BG3834</t>
+          <t>DP-0902C</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:2" customHeight="0">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>BG3834C</t>
+          <t>DP0902JM</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:2" customHeight="0">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>BG5019C</t>
+          <t>78BD5616-2</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:2" customHeight="0">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>BG5019C-18B1</t>
+          <t>78BD5640-2</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:2" customHeight="0">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>6110036</t>
+          <t>HP 58173</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:2" customHeight="0">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>BRECO</t>
+          <t>National</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>BS 7660</t>
+          <t>NBD1294</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:2" customHeight="0">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>BRECO</t>
+          <t>BARUM</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>BV 7660</t>
+          <t>BAR10277</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:2" customHeight="0">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>OBTEC A/S</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>815424271</t>
+          <t>A1003P</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:2" customHeight="0">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>BBD4382</t>
+          <t>A1003PR</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:2" customHeight="0">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>AISIN</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>X6R901S</t>
+          <t>DF867</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:2" customHeight="0">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>KAVO PARTS</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>23-0724</t>
+          <t>BR-10151-C</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:2" customHeight="0">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>23-0724C</t>
+          <t>142.1022</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:2" customHeight="0">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>DOYEN</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>RDP120</t>
+          <t>HPD 1022</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:2" customHeight="0">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>204789</t>
+          <t>DI956255</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:2" customHeight="0">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>314789</t>
+          <t>DSK2221</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:2" customHeight="0">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>344789</t>
+          <t>DSK2930</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:2" customHeight="0">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>BS-8018</t>
+          <t>SDK6087</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:2" customHeight="0">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>OPTIMAL</t>
+          <t>FREMAX</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>BS-8018C</t>
+          <t>BD-5616</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:2" customHeight="0">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>FREMAX</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>25831</t>
+          <t>BD-5616-50</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:2" customHeight="0">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>FREMAX</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>25831C</t>
+          <t>BD-5640</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:2" customHeight="0">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>JP GROUP</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>47831</t>
+          <t>1163205700</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:2" customHeight="0">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>47831HPS</t>
+          <t>14861</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:2" customHeight="0">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>47842</t>
+          <t>14861 V</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:2" customHeight="0">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>47842HPS</t>
+          <t>14861 X</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:2" customHeight="0">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>115 523 0018</t>
+          <t>X 14861</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:2" customHeight="0">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>115 523 0018/PD</t>
+          <t>6649 00</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:2" customHeight="0">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>PILENGA</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>115 523 1046</t>
+          <t>5879</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:2" customHeight="0">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>115 523 1046/PD</t>
+          <t>BD0867</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:2" customHeight="0">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>REMSA</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>6649.00</t>
+          <t>110 079</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:2" customHeight="0">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>6649.00</t>
+          <t>800-724C</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:2" customHeight="0">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>DP-0902</t>
+          <t>D6649.00</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:2" customHeight="0">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>DP-0902C</t>
+          <t>RD00916</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:2" customHeight="0">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>AUTOMEGA</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>DP0902JM</t>
+          <t>1061506011K0AB</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:2" customHeight="0">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>AUTOMEGA</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>78BD5616-2</t>
+          <t>3061506011K0AB</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:2" customHeight="0">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>78BD5640-2</t>
+          <t>ADV184306</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:2" customHeight="0">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>HP 58173</t>
+          <t>201002772</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:2" customHeight="0">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>NBD1294</t>
+          <t>201002772P</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:2" customHeight="0">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>BARUM</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>BAR10277</t>
+          <t>201022772</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:2" customHeight="0">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>A1003P</t>
+          <t>201022772P</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:2" customHeight="0">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>A1003PR</t>
+          <t>201052772</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:2" customHeight="0">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>DF867</t>
+          <t>201052772P</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:2" customHeight="0">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>142.1022</t>
+          <t>24011002771-PCS-MS</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:2" customHeight="0">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>HPD 1022</t>
+          <t>24011002771-PCS-MSP</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:2" customHeight="0">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>DI956255</t>
+          <t>24011002771-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:2" customHeight="0">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>DSK2221</t>
+          <t>24011002771-SET-MSP</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:2" customHeight="0">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>DSK2930</t>
+          <t>24011002771PR-PCS-MS</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:2" customHeight="0">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>SDK6087</t>
+          <t>24011002771PR-PCS-MSP</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:2" customHeight="0">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>FREMAX</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>BD-5616</t>
+          <t>24011002771PR-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:2" customHeight="0">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>FREMAX</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>BD-5616-50</t>
+          <t>24011002771PR-SET-MSP</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:2" customHeight="0">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>FREMAX</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>BD-5640</t>
+          <t>24011002771SE-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:2" customHeight="0">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>JP GROUP</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>1163205700</t>
+          <t>24011002771SE-SET-MSP</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:2" customHeight="0">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>AP</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>14861</t>
+          <t>19-0839</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:2" customHeight="0">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>AP</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>14861 V</t>
+          <t>19-0839MAX</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:2" customHeight="0">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>AP</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>14861 X</t>
+          <t>19-0839SPORT</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:2" customHeight="0">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>AP</t>
+          <t>COMLINE</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>X 14861</t>
+          <t>ADC1457</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:2" customHeight="0">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>6649 00</t>
+          <t>LVBE385</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:2" customHeight="0">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>PILENGA</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>5879</t>
+          <t>98130</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:2" customHeight="0">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>BD0867</t>
+          <t>610902</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:2" customHeight="0">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>110 079</t>
+          <t>610902C</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:2" customHeight="0">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>800-724C</t>
+          <t>1032448</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:2" customHeight="0">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>D6649.00</t>
+          <t>B130260</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:2" customHeight="0">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>RD00916</t>
+          <t>B130260P</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:2" customHeight="0">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>AUTOMEGA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>1061506011K0AB</t>
+          <t>C4W012ABE</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:2" customHeight="0">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>AUTOMEGA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>3061506011K0AB</t>
+          <t>C4W012ABE-P</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:2" customHeight="0">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>JURATEK</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>ADV184306</t>
+          <t>VAG136</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:2" customHeight="0">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EASYPARTS</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>201002772</t>
+          <t>BRS051</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:2" customHeight="0">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>201002772P</t>
+          <t>BNXBDS1007</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:2" customHeight="0">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>201022772</t>
+          <t>JAPDP-0902</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:2" customHeight="0">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>201022772P</t>
+          <t>JAPDP-0902C</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:2" customHeight="0">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>STARLINE</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>201052772</t>
+          <t>PB 1477</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:2" customHeight="0">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>STARLINE</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>201052772P</t>
+          <t>PB 1477C</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:2" customHeight="0">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>24011002771-PCS-MS</t>
+          <t>CD7224S</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:2" customHeight="0">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>R BRAKE</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>24011002771-PCS-MSP</t>
+          <t>78RBD25640</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:2" customHeight="0">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>24011002771-SET-MS</t>
+          <t>1618882680</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:2" customHeight="0">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>24011002771-SET-MSP</t>
+          <t>1636908380</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:2" customHeight="0">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>24011002771PR-PCS-MS</t>
+          <t>1674250580</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:2" customHeight="0">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>24011002771PR-PCS-MSP</t>
+          <t>1684244580</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:2" customHeight="0">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>24011002771PR-SET-MS</t>
+          <t>1686338180</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:2" customHeight="0">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>24011002771PR-SET-MSP</t>
+          <t>1690944980</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:2" customHeight="0">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>24011002771SE-SET-MS</t>
+          <t>SKGE-2017</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:2" customHeight="0">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>24011002771SE-SET-MSP</t>
+          <t>82B0018</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:2" customHeight="0">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>19-0839</t>
+          <t>82B1730</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:2" customHeight="0">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>NAPA</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>19-0839MAX</t>
+          <t>NBD5280</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:2" customHeight="0">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>NAPA</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>19-0839SPORT</t>
+          <t>NBD5729</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:2" customHeight="0">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>COMLINE</t>
+          <t>MOTRIO</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>ADC1457</t>
+          <t>8671017411</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:2" customHeight="0">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>0AMS</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>LVBE385</t>
+          <t>RDV-109</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:2" customHeight="0">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>ALLIED NIPPON</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>98130</t>
-[...35 lines deleted...]
-          <t>1032448</t>
+          <t>AND6004</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>