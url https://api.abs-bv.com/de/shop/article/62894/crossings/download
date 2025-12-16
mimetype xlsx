--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -125,668 +125,668 @@
         <is>
           <t>PEUGEOT</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>4402.F0</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>TOYOTA</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>47550-09040</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:2" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>MOTRIO</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>8671020651</t>
+          <t>8AW 355 531-351</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:2" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>8AW 355 531-351</t>
+          <t>20482</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>ATE</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>20482</t>
+          <t>24.3217-1719.3</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:2" customHeight="0">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>VALEO</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>24.3217-1719.3</t>
+          <t>400601</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>VALEO</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>400601</t>
+          <t>F 026 002 607</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="0">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>TEXTAR</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>F 026 002 607</t>
+          <t>34009500</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="0">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>TEXTAR</t>
+          <t>BENDIX</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>34009500</t>
+          <t>212421B</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="0">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>BENDIX</t>
+          <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>212421B</t>
+          <t>359001300980</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:2" customHeight="0">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>359001300980</t>
+          <t>360219230413</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="0">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>MAGNETI MARELLI</t>
+          <t>QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>360219230413</t>
+          <t>BWC3817</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="0">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>QUINTON HAZELL</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>BWC3817</t>
+          <t>BWC252</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="0">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>BWC252</t>
+          <t>A 12 604</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>A 12 604</t>
+          <t>FHW4492</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>FHW4492</t>
+          <t>9210064</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>FTE</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>9210064</t>
+          <t>R17073.3.1</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:2" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>R17073.3.1</t>
+          <t>8130 10050</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>8130 10050</t>
+          <t>LW90051</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>METZGER AUTOTEILE</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>LW90051</t>
+          <t>101-939</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>METZGER AUTOTEILE</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>101-939</t>
+          <t>BBW1840</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>AISIN</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>BBW1840</t>
+          <t>WCT-907</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>AISIN</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>WCT-907</t>
+          <t>04-0939</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>04-0939</t>
+          <t>801936</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>801936</t>
+          <t>11-14 531 0001</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>REMSA</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>11-14 531 0001</t>
+          <t>C1517.49</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>REMSA</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>C1517.49</t>
+          <t>1517.49</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>1517.49</t>
+          <t>CS-207</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>National</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>CS-207</t>
+          <t>NWC5069</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>NWC5069</t>
+          <t>4772</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>4772</t>
+          <t>CF802</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>KAVO PARTS</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>CF802</t>
+          <t>BWC-9010</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>KAVO PARTS</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>BWC-9010</t>
+          <t>4201</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>4201</t>
+          <t>WC1629BE</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:2" customHeight="0">
       <c r="A37" s="0" t="inlineStr">
         <is>
           <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>WC1629BE</t>
+          <t>WC4772</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>WC4772</t>
+          <t>BCY1378</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
           <t>APEC</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>BCY1378</t>
+          <t>BWC8210</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>BWC8210</t>
+          <t>W4772</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>W4772</t>
+          <t>721 004</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:2" customHeight="0">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>721 004</t>
+          <t>101-939</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:2" customHeight="0">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>101-939</t>
+          <t>C1517.49</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:2" customHeight="0">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>C1517.49</t>
+          <t>ADT34486</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:2" customHeight="0">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>ADT34486</t>
+          <t>19-3637</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:2" customHeight="0">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>19-3637</t>
+          <t>VWC886</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:2" customHeight="0">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>VWC886</t>
+          <t>67207</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:2" customHeight="0">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>67207</t>
+          <t>1110058</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:2" customHeight="0">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>1110058</t>
+          <t>C52052ABE</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:2" customHeight="0">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>JURATEK</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>C52052ABE</t>
+          <t>JCY1005</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:2" customHeight="0">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>JURATEK</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>JCY1005</t>
+          <t>JAPCS-207</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:2" customHeight="0">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>JAPCS-207</t>
+          <t>BC0802</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:2" customHeight="0">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>BC0802</t>
+          <t>SKWBC-0680070</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:2" customHeight="0">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>SKWBC-0680070</t>
+          <t>277W0071</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:2" customHeight="0">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>NAPA</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>277W0071</t>
+          <t>NCY1003</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:2" customHeight="0">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>MOTRIO</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>NCY1003</t>
+          <t>8671020651</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>