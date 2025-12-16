--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -137,416 +137,416 @@
         <is>
           <t>MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>A 003 430 28 01</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:2" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>A 004 430 28 01</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:2" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>HELLA</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>8AM 355 503-961</t>
+          <t>5328</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>010206</t>
+          <t>MC1478BE</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:2" customHeight="0">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>ATE</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>03.2125-1902.3</t>
+          <t>MCY134</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>BOSCH</t>
+          <t>GIRLING</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>0 986 480 062</t>
+          <t>32967350</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="0">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>BENDIX</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>132405B</t>
+          <t>B1909</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="0">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>TRW</t>
+          <t>SAMKO</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>PML101</t>
+          <t>P24002</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="0">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>BREMBO</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>M 50 005</t>
+          <t>41-0022</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:2" customHeight="0">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>FHM617</t>
+          <t>C9M014ABE</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="0">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>SAMPA</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>9220015</t>
+          <t>201.310</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="0">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>H25913.0.1</t>
+          <t>PB0652</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="0">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>8130 23106</t>
+          <t>SKMC-0570011</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>PEX</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>2.25.329</t>
+          <t>258M0012</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>DELPHI</t>
+          <t>HELLA</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>LM 40025</t>
+          <t>8AM 355 503-961</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>BORG &amp; BECK</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>BBM4365</t>
+          <t>010206</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:2" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>Schaeffler FAG</t>
+          <t>ATE</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>H25913.0.1</t>
+          <t>03.2125-1902.3</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>BOSCH</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>823323</t>
+          <t>0 986 480 062</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>BENDIX</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>014 532 0003</t>
+          <t>132405B</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>TRW</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>BM04696</t>
+          <t>PML101</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>BREMBO</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>1909</t>
+          <t>M 50 005</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>FERODO</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>5328</t>
+          <t>FHM617</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>MC1478BE</t>
+          <t>9220015</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>MCY134</t>
+          <t>H25913.0.1</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>GIRLING</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>32967350</t>
+          <t>8130 23106</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>PEX</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>B1909</t>
+          <t>2.25.329</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>SAMKO</t>
+          <t>DELPHI</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>P24002</t>
+          <t>LM 40025</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>BORG &amp; BECK</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>41-0022</t>
+          <t>BBM4365</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>Schaeffler FAG</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>C9M014ABE</t>
+          <t>H25913.0.1</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>SAMPA</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>201.310</t>
+          <t>823323</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>PB0652</t>
+          <t>014 532 0003</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>SKMC-0570011</t>
+          <t>BM04696</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>258M0012</t>
+          <t>1909</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>