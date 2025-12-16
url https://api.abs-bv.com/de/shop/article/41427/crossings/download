--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -72,51 +72,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B42"/>
+  <dimension ref="A1:B41"/>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Anbieter</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Referenz</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>AUDI</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>1K1.614.019D</t>
         </is>
       </c>
     </row>
@@ -334,289 +334,277 @@
         <is>
           <t>PMH1021</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>BREMBO</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>M 85 086</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>FERODO</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>FHM1366</t>
+          <t>FHM1552</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>FERODO</t>
+          <t>FTE</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>FHM1552</t>
+          <t>9220198</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>FTE</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>9220198</t>
+          <t>H229152.7.1</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>FTE</t>
+          <t>TRISCAN</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>H229152.7.1</t>
+          <t>8130 29181</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>TRISCAN</t>
+          <t>AISIN</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>8130 29181</t>
+          <t>BMXP-007</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>AISIN</t>
+          <t>METELLI</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>BMXP-007</t>
+          <t>05-0720</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>METELLI</t>
+          <t>NK</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>05-0720</t>
+          <t>824777</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>NK</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>824777</t>
+          <t>BM31678</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>BM31678</t>
+          <t>6056</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>6056</t>
+          <t>PF869</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>PF869</t>
+          <t>5067</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>5067</t>
+          <t>B6056</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>B6056</t>
+          <t>111 221</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>111 221</t>
+          <t>202-720</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>202-720</t>
+          <t>VMC260</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:2" customHeight="0">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>VMC260</t>
+          <t>1121028</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:2" customHeight="0">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>1121028</t>
+          <t>C9A014ABE</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:2" customHeight="0">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>C9A014ABE</t>
+          <t>PB0821</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:2" customHeight="0">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>PB0821</t>
+          <t>SKMC-0570035</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:2" customHeight="0">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
-        <is>
-[...10 lines deleted...]
-      <c r="B42" s="0" t="inlineStr">
         <is>
           <t>258M0036</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>