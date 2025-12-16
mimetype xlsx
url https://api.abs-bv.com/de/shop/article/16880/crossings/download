--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -72,457 +72,457 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B228"/>
+  <dimension ref="A1:B225"/>
   <sheetData>
     <row r="1" spans="1:2" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Anbieter</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Referenz</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:2" customHeight="0">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301D</t>
+          <t>6R0615301C</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301L</t>
+          <t>JZW615301N</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>6R0615301</t>
+          <t>1J0.615.301D</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:2" customHeight="0">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>6R0615301C</t>
+          <t>1J0.615.301L</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:2" customHeight="0">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>8Z0615301B</t>
+          <t>6R0615301</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="0">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>AUDI</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>8Z0615301D</t>
+          <t>6R0615301C</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:2" customHeight="0">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>SKODA</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301D</t>
+          <t>JZW615301N</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="0">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301L</t>
+          <t>1J0.615.301D</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="0">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>6R0615301</t>
+          <t>1J0.615.301L</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="0">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>6R0615301C</t>
+          <t>1JE.615.301</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="0">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>SEAT</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>JZW615301N</t>
+          <t>5Z0.615.301B</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:2" customHeight="0">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301D</t>
+          <t>6R0615301</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:2" customHeight="0">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301L</t>
+          <t>6R0615301C</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="0">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>6R0615301</t>
+          <t>8Z0615301D</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:2" customHeight="0">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>6R0615301C</t>
+          <t>JZW615301N</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="0">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>SKODA</t>
+          <t>VW</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>JZW615301N</t>
+          <t>JZW698302CB</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:2" customHeight="0">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301D</t>
+          <t>1J0 615 301D</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="0">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>1J0.615.301L</t>
+          <t>1J0 615 301L</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:2" customHeight="0">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>1JE.615.301</t>
+          <t>1JE 615 301</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="0">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>5Z0.615.301B</t>
+          <t>5Z0 615 301B</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="0">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>6R0615301</t>
+          <t>6R0 615 301</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="0">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>6R0615301C</t>
+          <t>8Z0 615 301B</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="0">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>8Z0615301D</t>
+          <t>8Z0 615 301D</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:2" customHeight="0">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>VAG</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>JZW615301N</t>
+          <t>JZW 615 301N</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:2" customHeight="0">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>VW</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>JZW698302CB</t>
+          <t>1J0.615.301D</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:2" customHeight="0">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>1J0 615 301D</t>
+          <t>1J0.615.301L</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:2" customHeight="0">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>1J0 615 301L</t>
+          <t>6R0615301</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:2" customHeight="0">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>1JE 615 301</t>
+          <t>6R0615301C</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:2" customHeight="0">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>5Z0 615 301B</t>
+          <t>8Z0615301B</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:2" customHeight="0">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>AUDI</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>6R0 615 301</t>
+          <t>8Z0615301D</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:2" customHeight="0">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>8Z0 615 301B</t>
+          <t>1J0.615.301D</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:2" customHeight="0">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>8Z0 615 301D</t>
+          <t>1J0.615.301L</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:2" customHeight="0">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>VAG</t>
+          <t>SEAT</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>JZW 615 301N</t>
+          <t>6R0615301</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:2" customHeight="0">
       <c r="A35" s="0" t="inlineStr">
         <is>
           <t>HELLA</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>8DD 355 105-351</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:2" customHeight="0">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>HELLA</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>8DD 355 105-361</t>
         </is>
@@ -1234,51 +1234,51 @@
         <is>
           <t>09.7011.24</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:2" customHeight="0">
       <c r="A96" s="0" t="inlineStr">
         <is>
           <t>BREMBO</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>09.7011.75</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:2" customHeight="0">
       <c r="A97" s="0" t="inlineStr">
         <is>
           <t>FERODO</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>DDF 927</t>
+          <t>DDF927</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:2" customHeight="0">
       <c r="A98" s="0" t="inlineStr">
         <is>
           <t>FERODO</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>DDF927-1</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:2" customHeight="0">
       <c r="A99" s="0" t="inlineStr">
         <is>
           <t>FERODO</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>DDF927C</t>
         </is>
@@ -1733,1122 +1733,1086 @@
         <is>
           <t>MAPCO</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>15830</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:2" customHeight="0">
       <c r="A138" s="0" t="inlineStr">
         <is>
           <t>MAPCO</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>15830C</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:2" customHeight="0">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>47855</t>
+          <t>115 521 1018</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:2" customHeight="0">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>47855/9HPS</t>
+          <t>115 521 1018/PD</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:2" customHeight="0">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>MAPCO</t>
+          <t>MEYLE</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>47855HPS</t>
+          <t>183 521 1018/PD</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:2" customHeight="0">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>REMSA</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>115 521 1018</t>
+          <t>6545.10</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:2" customHeight="0">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>ROADHOUSE</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>115 521 1018/PD</t>
+          <t>6545.10</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:2" customHeight="0">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>MEYLE</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>183 521 1018/PD</t>
+          <t>DI-0903C</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:2" customHeight="0">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>REMSA</t>
+          <t>JAPANPARTS</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>6545.10</t>
+          <t>DI0903JM</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:2" customHeight="0">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>ROADHOUSE</t>
+          <t>ICER</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>6545.10</t>
+          <t>78BD5602-2</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:2" customHeight="0">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>DI-0903C</t>
+          <t>HP 57789</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:2" customHeight="0">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>JAPANPARTS</t>
+          <t>HAVAM</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>DI0903JM</t>
+          <t>HP 58025</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:2" customHeight="0">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>ICER</t>
+          <t>National</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>78BD5602-2</t>
+          <t>NBD874</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:2" customHeight="0">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>BARUM</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>HP 57789</t>
+          <t>BAR22151</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:2" customHeight="0">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>HAVAM</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>HP 58025</t>
+          <t>A1461V</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:2" customHeight="0">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>National</t>
+          <t>LPR</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>NBD874</t>
+          <t>A1461VR</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:2" customHeight="0">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>BARUM</t>
+          <t>TRUSTING</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>BAR22151</t>
+          <t>DF467</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:2" customHeight="0">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>KAVO PARTS</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>A1461V</t>
+          <t>BR-10153-C</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:2" customHeight="0">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>LPR</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>A1461VR</t>
+          <t>142.746</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:2" customHeight="0">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>TRUSTING</t>
+          <t>CAR</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>DF467</t>
+          <t>HPD 746</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:2" customHeight="0">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>Brake ENGINEERING</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>142.746</t>
+          <t>DI955636</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:2" customHeight="0">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>CAR</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>HPD 746</t>
+          <t>DSK750</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:2" customHeight="0">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>Brake ENGINEERING</t>
+          <t>APEC</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>DI955636</t>
+          <t>SDK6019</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:2" customHeight="0">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>FREMAX</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>DSK750</t>
+          <t>BD-5602</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:2" customHeight="0">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>APEC</t>
+          <t>FREMAX</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>SDK6019</t>
+          <t>BD-5602-50</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:2" customHeight="0">
       <c r="A162" s="0" t="inlineStr">
         <is>
           <t>FREMAX</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>BD-5602</t>
+          <t>BD-5602E</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:2" customHeight="0">
       <c r="A163" s="0" t="inlineStr">
         <is>
           <t>FREMAX</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>BD-5602-50</t>
+          <t>BD-5617</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:2" customHeight="0">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>FREMAX</t>
+          <t>JP GROUP</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>BD-5602E</t>
+          <t>1163109100</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:2" customHeight="0">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>FREMAX</t>
+          <t>GIRLING</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>BD-5617</t>
+          <t>6042351</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:2" customHeight="0">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>JP GROUP</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>1163109100</t>
+          <t>24690 E</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:2" customHeight="0">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>GIRLING</t>
+          <t>AP</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>6042351</t>
+          <t>24690 V</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:2" customHeight="0">
       <c r="A168" s="0" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>24690 E</t>
+          <t>24690 X</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:2" customHeight="0">
       <c r="A169" s="0" t="inlineStr">
         <is>
           <t>AP</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>24690 V</t>
+          <t>X 24690</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:2" customHeight="0">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>AP</t>
+          <t>KAWE</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>24690 X</t>
+          <t>6545 10</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:2" customHeight="0">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>AP</t>
+          <t>PILENGA</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>X 24690</t>
+          <t>V150</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:2" customHeight="0">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>KAWE</t>
+          <t>fri.tech.</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>6545 10</t>
+          <t>BD0467</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:2" customHeight="0">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>PILENGA</t>
+          <t>TOPRAN</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>V150</t>
+          <t>107 680</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:2" customHeight="0">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>fri.tech.</t>
+          <t>CIFAM</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>BD0467</t>
+          <t>800-390C</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:2" customHeight="0">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>TOPRAN</t>
+          <t>WOKING</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>107 680</t>
+          <t>D6545.10</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:2" customHeight="0">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>CIFAM</t>
+          <t>RAICAM</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>800-390C</t>
+          <t>RD00885</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:2" customHeight="0">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>WOKING</t>
+          <t>AUTOMEGA</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>D6545.10</t>
+          <t>1061503016R0</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:2" customHeight="0">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>RAICAM</t>
+          <t>AUTOMEGA</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>RD00885</t>
+          <t>3061503011J0D</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:2" customHeight="0">
       <c r="A179" s="0" t="inlineStr">
         <is>
           <t>AUTOMEGA</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>1061503016R0</t>
+          <t>3061503016R0</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:2" customHeight="0">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>AUTOMEGA</t>
+          <t>BLUE PRINT</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>3061503011J0D</t>
+          <t>ADV184301</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:2" customHeight="0">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>AUTOMEGA</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>3061503016R0</t>
+          <t>24012201511-PCS-MS</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:2" customHeight="0">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>BLUE PRINT</t>
+          <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>ADV184301</t>
+          <t>24012201511-PCS-MSP</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:2" customHeight="0">
       <c r="A183" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>24012201511-PCS-MS</t>
+          <t>24012201511-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:2" customHeight="0">
       <c r="A184" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>24012201511-PCS-MSP</t>
+          <t>24012201511-SET-MSP</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:2" customHeight="0">
       <c r="A185" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>24012201511-SET-MS</t>
+          <t>24012201511PR-PCS-MS</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:2" customHeight="0">
       <c r="A186" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>24012201511-SET-MSP</t>
+          <t>24012201511PR-PCS-MSP</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:2" customHeight="0">
       <c r="A187" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>24012201511PR-PCS-MS</t>
+          <t>24012201511PR-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:2" customHeight="0">
       <c r="A188" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>24012201511PR-PCS-MSP</t>
+          <t>24012201511PR-SET-MSP</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:2" customHeight="0">
       <c r="A189" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>24012201511PR-SET-MS</t>
+          <t>24012201511SE-SET-MS</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:2" customHeight="0">
       <c r="A190" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>24012201511PR-SET-MSP</t>
+          <t>24012201511SE-SET-MSP</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:2" customHeight="0">
       <c r="A191" s="0" t="inlineStr">
         <is>
           <t>MASTER-SPORT GERMANY</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>24012201511SE-SET-MS</t>
+          <t>24012501581-PCS-MSP</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:2" customHeight="0">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>24012201511SE-SET-MSP</t>
+          <t>19-0774</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:2" customHeight="0">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>MASTER-SPORT GERMANY</t>
+          <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>24012501581-PCS-MSP</t>
+          <t>19-0774MAX</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:2" customHeight="0">
       <c r="A194" s="0" t="inlineStr">
         <is>
           <t>MAXGEAR</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>19-0774</t>
+          <t>19-0774SPORT</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:2" customHeight="0">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>COMLINE</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>19-0774MAX</t>
+          <t>ADC1407V</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:2" customHeight="0">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>MAXGEAR</t>
+          <t>MOTAQUIP</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>19-0774SPORT</t>
+          <t>LVBD968</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:2" customHeight="0">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>COMLINE</t>
+          <t>VEMA</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>ADC1407V</t>
+          <t>98106</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:2" customHeight="0">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>MOTAQUIP</t>
+          <t>ALANKO</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>LVBD968</t>
+          <t>10304635</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:2" customHeight="0">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>VEMA</t>
+          <t>JAPKO</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>98106</t>
+          <t>600903C</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:2" customHeight="0">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>ALANKO</t>
+          <t>KAMOKA</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>10304635</t>
+          <t>1031854</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:2" customHeight="0">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>JAPKO</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>600903C</t>
+          <t>B130036</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:2" customHeight="0">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>KAMOKA</t>
+          <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>1031854</t>
+          <t>B130036P</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:2" customHeight="0">
       <c r="A203" s="0" t="inlineStr">
         <is>
           <t>DENCKERMANN</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>B130036</t>
+          <t>B130036S</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:2" customHeight="0">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>ABE</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>B130036P</t>
+          <t>C3W001ABE</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:2" customHeight="0">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>DENCKERMANN</t>
+          <t>JURATEK</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>B130036S</t>
+          <t>VAG119</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:2" customHeight="0">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>ABE</t>
+          <t>EASYPARTS</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>C3W001ABE</t>
+          <t>BRS003</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:2" customHeight="0">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>JURATEK</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>VAG119</t>
+          <t>BNXBDS1002HC</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:2" customHeight="0">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>EASYPARTS</t>
+          <t>PEMEBLA</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>BRS003</t>
+          <t>JAPDI-0903C</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:2" customHeight="0">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>STARLINE</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>BNXBDS1002HC</t>
+          <t>PB 2479</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:2" customHeight="0">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>PEMEBLA</t>
+          <t>STARLINE</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>JAPDI-0903C</t>
+          <t>PB 2479C</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:2" customHeight="0">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>STARLINE</t>
+          <t>BREMSI</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>PB 2479</t>
+          <t>CD6927V</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:2" customHeight="0">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>STARLINE</t>
+          <t>R BRAKE</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>PB 2479C</t>
+          <t>78RBD25602</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:2" customHeight="0">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>BREMSI</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>CD6927V</t>
+          <t>1618882780</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:2" customHeight="0">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>R BRAKE</t>
+          <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>78RBD25602</t>
+          <t>1636501780</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:2" customHeight="0">
       <c r="A215" s="0" t="inlineStr">
         <is>
           <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>1618882780</t>
+          <t>1636910580</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:2" customHeight="0">
       <c r="A216" s="0" t="inlineStr">
         <is>
           <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>1636501780</t>
+          <t>1684246780</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:2" customHeight="0">
       <c r="A217" s="0" t="inlineStr">
         <is>
           <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>1636910580</t>
+          <t>1686337580</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:2" customHeight="0">
       <c r="A218" s="0" t="inlineStr">
         <is>
           <t>EUROREPAR</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>1684246780</t>
+          <t>1690944480</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:2" customHeight="0">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>Stark</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>1686337580</t>
+          <t>SKAD-2003</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:2" customHeight="0">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>EUROREPAR</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>1690944480</t>
+          <t>82B0004</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:2" customHeight="0">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>Stark</t>
+          <t>RIDEX</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>SKAD-2003</t>
+          <t>82B2313</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:2" customHeight="0">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>NAPA</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>82B0004</t>
+          <t>NBD5176</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:2" customHeight="0">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>RIDEX</t>
+          <t>MOTRIO</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>82B2313</t>
+          <t>8671004911</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:2" customHeight="0">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>0AMS</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>NBD5176</t>
+          <t>RDV-038</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:2" customHeight="0">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>NAPA</t>
+          <t>ALLIED NIPPON</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
-        <is>
-[...34 lines deleted...]
-      <c r="B228" s="0" t="inlineStr">
         <is>
           <t>AND6008</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>